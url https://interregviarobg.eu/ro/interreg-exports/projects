--- v0 (2025-10-10)
+++ v1 (2025-10-30)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="291">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="306">
   <si>
     <t>Cod</t>
   </si>
   <si>
     <t>Titlu</t>
   </si>
   <si>
     <t>Axa</t>
   </si>
   <si>
     <t>Data inceput</t>
   </si>
   <si>
     <t>Data sfarsit</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>Tip</t>
   </si>
   <si>
     <t>Beneficiar Lider</t>
   </si>
   <si>
@@ -875,60 +875,105 @@
   <si>
     <t>550.356,72</t>
   </si>
   <si>
     <t>440.285,36</t>
   </si>
   <si>
     <t>110.071,36</t>
   </si>
   <si>
     <t>ROBG00214</t>
   </si>
   <si>
     <t>Îmbunătățirea calității și a accesului universal la învățare și formare incluzivă pentru tineri (EQUALITY - ROBG00214)</t>
   </si>
   <si>
     <t>10/09/2025</t>
   </si>
   <si>
     <t>10/08/2025</t>
   </si>
   <si>
     <t>Primăria Comunei Băneasa, Județul Constanța, România</t>
   </si>
   <si>
-    <t>Școala Gimnazială "Hristo Smirnenski", Municipalitatea General Toshevo, Bulgaria</t>
+    <t>Școala Primară "Hristo Smirnenski", General Toshevo, Bulgaria</t>
   </si>
   <si>
     <t>1.145.265,62</t>
   </si>
   <si>
     <t>916.212,49</t>
   </si>
   <si>
     <t>229.053,13</t>
+  </si>
+  <si>
+    <t>ROBG00306</t>
+  </si>
+  <si>
+    <t>Programe comune de educație și formare transfrontalieră, cu accent pe activități de învățare pe tot parcursul vieții, între Municipiul Vetovo și Municipiul Giurgiu (LEARN BRIDGE - ROBG00306)</t>
+  </si>
+  <si>
+    <t>10/16/2025</t>
+  </si>
+  <si>
+    <t>10/15/2025</t>
+  </si>
+  <si>
+    <t>1.393.658,97</t>
+  </si>
+  <si>
+    <t>1.114.927,17</t>
+  </si>
+  <si>
+    <t>278.731,80</t>
+  </si>
+  <si>
+    <t>ROBG00292</t>
+  </si>
+  <si>
+    <t>Conectează-te prin performanță, educație și valori (Connect-Hard - ROBG00292)</t>
+  </si>
+  <si>
+    <t>10/23/2025</t>
+  </si>
+  <si>
+    <t>10/22/2027</t>
+  </si>
+  <si>
+    <t>Universitatea St. Cyril and St. Methodius Veliko Tarnovo, Bulgaria</t>
+  </si>
+  <si>
+    <t>1.025.122,19</t>
+  </si>
+  <si>
+    <t>820.097,74</t>
+  </si>
+  <si>
+    <t>205.024,45</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -1246,51 +1291,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N32"/>
+  <dimension ref="A1:N34"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="N2" sqref="N2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="11.711426" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="277.075195" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.998291" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="15.281982" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="15.281982" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="26.993408" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="5.855713" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="111.972656" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="193.381348" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="206.378174" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="29.421387" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="25.85083" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="34.134521" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="31.706543" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:14">
       <c r="A1" s="1" t="s">
@@ -2579,50 +2624,135 @@
       <c r="E32" t="s">
         <v>285</v>
       </c>
       <c r="F32" t="s">
         <v>20</v>
       </c>
       <c r="G32" t="s">
         <v>33</v>
       </c>
       <c r="H32" t="s">
         <v>286</v>
       </c>
       <c r="J32" t="s">
         <v>287</v>
       </c>
       <c r="K32" t="s">
         <v>288</v>
       </c>
       <c r="L32" t="s">
         <v>289</v>
       </c>
       <c r="M32" t="s">
         <v>290</v>
       </c>
       <c r="N32" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="33" spans="1:14">
+      <c r="A33" t="s">
+        <v>291</v>
+      </c>
+      <c r="B33" t="s">
+        <v>292</v>
+      </c>
+      <c r="C33" t="s">
+        <v>130</v>
+      </c>
+      <c r="D33" t="s">
+        <v>293</v>
+      </c>
+      <c r="E33" t="s">
+        <v>294</v>
+      </c>
+      <c r="F33" t="s">
+        <v>20</v>
+      </c>
+      <c r="G33" t="s">
+        <v>33</v>
+      </c>
+      <c r="H33" t="s">
+        <v>34</v>
+      </c>
+      <c r="I33" t="s">
+        <v>35</v>
+      </c>
+      <c r="K33" t="s">
+        <v>295</v>
+      </c>
+      <c r="L33" t="s">
+        <v>296</v>
+      </c>
+      <c r="M33" t="s">
+        <v>297</v>
+      </c>
+      <c r="N33" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="34" spans="1:14">
+      <c r="A34" t="s">
+        <v>298</v>
+      </c>
+      <c r="B34" t="s">
+        <v>299</v>
+      </c>
+      <c r="C34" t="s">
+        <v>130</v>
+      </c>
+      <c r="D34" t="s">
+        <v>300</v>
+      </c>
+      <c r="E34" t="s">
+        <v>301</v>
+      </c>
+      <c r="F34" t="s">
+        <v>20</v>
+      </c>
+      <c r="G34" t="s">
+        <v>33</v>
+      </c>
+      <c r="H34" t="s">
+        <v>268</v>
+      </c>
+      <c r="I34" t="s">
+        <v>269</v>
+      </c>
+      <c r="J34" t="s">
+        <v>302</v>
+      </c>
+      <c r="K34" t="s">
+        <v>303</v>
+      </c>
+      <c r="L34" t="s">
+        <v>304</v>
+      </c>
+      <c r="M34" t="s">
+        <v>305</v>
+      </c>
+      <c r="N34" t="s">
         <v>28</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:A2"/>
     <mergeCell ref="B1:B2"/>
     <mergeCell ref="C1:C2"/>
     <mergeCell ref="D1:D2"/>
     <mergeCell ref="E1:E2"/>
     <mergeCell ref="F1:F2"/>
     <mergeCell ref="G1:G2"/>
     <mergeCell ref="H1:H2"/>
     <mergeCell ref="I1:I2"/>
     <mergeCell ref="J1:J2"/>
     <mergeCell ref="K1:N1"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>