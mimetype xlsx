--- v1 (2025-10-30)
+++ v2 (2025-11-27)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="306">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="316">
   <si>
     <t>Cod</t>
   </si>
   <si>
     <t>Titlu</t>
   </si>
   <si>
     <t>Axa</t>
   </si>
   <si>
     <t>Data inceput</t>
   </si>
   <si>
     <t>Data sfarsit</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>Tip</t>
   </si>
   <si>
     <t>Beneficiar Lider</t>
   </si>
   <si>
@@ -930,50 +930,80 @@
     <t>278.731,80</t>
   </si>
   <si>
     <t>ROBG00292</t>
   </si>
   <si>
     <t>Conectează-te prin performanță, educație și valori (Connect-Hard - ROBG00292)</t>
   </si>
   <si>
     <t>10/23/2025</t>
   </si>
   <si>
     <t>10/22/2027</t>
   </si>
   <si>
     <t>Universitatea St. Cyril and St. Methodius Veliko Tarnovo, Bulgaria</t>
   </si>
   <si>
     <t>1.025.122,19</t>
   </si>
   <si>
     <t>820.097,74</t>
   </si>
   <si>
     <t>205.024,45</t>
+  </si>
+  <si>
+    <t>ROBG00297</t>
+  </si>
+  <si>
+    <t>Educație, formare profesională, învățare pe tot parcursul vieții – incluzivă și accesibilă (ETLLIA - ROBG00297)</t>
+  </si>
+  <si>
+    <t>11/06/2025</t>
+  </si>
+  <si>
+    <t>11/05/2027</t>
+  </si>
+  <si>
+    <t>Municipalitatea Lyaskovets, Bulgaria</t>
+  </si>
+  <si>
+    <t>Asociația Oltenia de 10, România, Colegiul Național „Radu Greceanu” – Slatina, România</t>
+  </si>
+  <si>
+    <t>Agenția pentru Dezvoltarea Resurselor Umane, Bulgaria, Bulgaria</t>
+  </si>
+  <si>
+    <t>932.014,24</t>
+  </si>
+  <si>
+    <t>745.611,39</t>
+  </si>
+  <si>
+    <t>186.402,85</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -1291,51 +1321,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N34"/>
+  <dimension ref="A1:N35"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="N2" sqref="N2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="11.711426" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="277.075195" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.998291" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="15.281982" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="15.281982" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="26.993408" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="5.855713" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="111.972656" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="193.381348" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="206.378174" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="29.421387" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="25.85083" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="34.134521" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="31.706543" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:14">
       <c r="A1" s="1" t="s">
@@ -2709,50 +2739,94 @@
       <c r="F34" t="s">
         <v>20</v>
       </c>
       <c r="G34" t="s">
         <v>33</v>
       </c>
       <c r="H34" t="s">
         <v>268</v>
       </c>
       <c r="I34" t="s">
         <v>269</v>
       </c>
       <c r="J34" t="s">
         <v>302</v>
       </c>
       <c r="K34" t="s">
         <v>303</v>
       </c>
       <c r="L34" t="s">
         <v>304</v>
       </c>
       <c r="M34" t="s">
         <v>305</v>
       </c>
       <c r="N34" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="35" spans="1:14">
+      <c r="A35" t="s">
+        <v>306</v>
+      </c>
+      <c r="B35" t="s">
+        <v>307</v>
+      </c>
+      <c r="C35" t="s">
+        <v>130</v>
+      </c>
+      <c r="D35" t="s">
+        <v>308</v>
+      </c>
+      <c r="E35" t="s">
+        <v>309</v>
+      </c>
+      <c r="F35" t="s">
+        <v>20</v>
+      </c>
+      <c r="G35" t="s">
+        <v>33</v>
+      </c>
+      <c r="H35" t="s">
+        <v>310</v>
+      </c>
+      <c r="I35" t="s">
+        <v>311</v>
+      </c>
+      <c r="J35" t="s">
+        <v>312</v>
+      </c>
+      <c r="K35" t="s">
+        <v>313</v>
+      </c>
+      <c r="L35" t="s">
+        <v>314</v>
+      </c>
+      <c r="M35" t="s">
+        <v>315</v>
+      </c>
+      <c r="N35" t="s">
         <v>28</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:A2"/>
     <mergeCell ref="B1:B2"/>
     <mergeCell ref="C1:C2"/>
     <mergeCell ref="D1:D2"/>
     <mergeCell ref="E1:E2"/>
     <mergeCell ref="F1:F2"/>
     <mergeCell ref="G1:G2"/>
     <mergeCell ref="H1:H2"/>
     <mergeCell ref="I1:I2"/>
     <mergeCell ref="J1:J2"/>
     <mergeCell ref="K1:N1"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>