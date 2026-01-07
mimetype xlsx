--- v2 (2025-11-27)
+++ v3 (2026-01-07)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="316">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="358">
   <si>
     <t>Cod</t>
   </si>
   <si>
     <t>Titlu</t>
   </si>
   <si>
     <t>Axa</t>
   </si>
   <si>
     <t>Data inceput</t>
   </si>
   <si>
     <t>Data sfarsit</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>Tip</t>
   </si>
   <si>
     <t>Beneficiar Lider</t>
   </si>
   <si>
@@ -960,50 +960,176 @@
     <t>Educație, formare profesională, învățare pe tot parcursul vieții – incluzivă și accesibilă (ETLLIA - ROBG00297)</t>
   </si>
   <si>
     <t>11/06/2025</t>
   </si>
   <si>
     <t>11/05/2027</t>
   </si>
   <si>
     <t>Municipalitatea Lyaskovets, Bulgaria</t>
   </si>
   <si>
     <t>Asociația Oltenia de 10, România, Colegiul Național „Radu Greceanu” – Slatina, România</t>
   </si>
   <si>
     <t>Agenția pentru Dezvoltarea Resurselor Umane, Bulgaria, Bulgaria</t>
   </si>
   <si>
     <t>932.014,24</t>
   </si>
   <si>
     <t>745.611,39</t>
   </si>
   <si>
     <t>186.402,85</t>
+  </si>
+  <si>
+    <t>ROBG00071</t>
+  </si>
+  <si>
+    <t>O regiune verde de-a lungul Dunării albastre (GREEN – ROBG00071)</t>
+  </si>
+  <si>
+    <t>12/13/2025</t>
+  </si>
+  <si>
+    <t>12/12/2027</t>
+  </si>
+  <si>
+    <t>2.533.544,66</t>
+  </si>
+  <si>
+    <t>2.026.835,72</t>
+  </si>
+  <si>
+    <t>506.708,94</t>
+  </si>
+  <si>
+    <t>ROBG00356</t>
+  </si>
+  <si>
+    <t>Inițiative de infrastructură verde și restaurare forestieră pentru adaptarea la schimbările climatice în zonele Zimnicea și Sviștov (GREEN - ROBG00356)</t>
+  </si>
+  <si>
+    <t>12/18/2025</t>
+  </si>
+  <si>
+    <t>12/17/2027</t>
+  </si>
+  <si>
+    <t>Primaria Orasului Zimnicea, Romania</t>
+  </si>
+  <si>
+    <t>Municipalitatea Svishtov, Bulgaria</t>
+  </si>
+  <si>
+    <t>1.230.620,35</t>
+  </si>
+  <si>
+    <t>984.496,28</t>
+  </si>
+  <si>
+    <t>246.124,07</t>
+  </si>
+  <si>
+    <t>ROBG00370</t>
+  </si>
+  <si>
+    <t>Adaptarea viticulturii la schimbările climatice prin implementarea măsurilor bazate pe ecosisteme pentru menținerea viabilității economice (VitiClimRoBg – ROBG00370)</t>
+  </si>
+  <si>
+    <t>Asociația Justiț</t>
+  </si>
+  <si>
+    <t>Institutul de Viticultura si Enologie, Bulgaria, Camera de Comerț și Industrie Vidin, Bulgaria</t>
+  </si>
+  <si>
+    <t>1.610.750,22</t>
+  </si>
+  <si>
+    <t>1.288.600,16</t>
+  </si>
+  <si>
+    <t>322.150,06</t>
+  </si>
+  <si>
+    <t>ROBG00349</t>
+  </si>
+  <si>
+    <t>Consolidarea comunităților și organizațiilor pentru tranziția la schimbările climatice (ECOFIT – HARD – ROBG00349)</t>
+  </si>
+  <si>
+    <t>12/31/2025</t>
+  </si>
+  <si>
+    <t>12/30/2027</t>
+  </si>
+  <si>
+    <t>Inspectoratul pentru Situații de Urgență „Oltenia” al Județului Dolj, România</t>
+  </si>
+  <si>
+    <t>Instituția Prefectului – Județul Dolj, România, Inspectoratul Județean de Poliție Dolj, România</t>
+  </si>
+  <si>
+    <t>Întreprinderea de Stat Nord-Vest, Bulgaria</t>
+  </si>
+  <si>
+    <t>622.705,69</t>
+  </si>
+  <si>
+    <t>498.164,54</t>
+  </si>
+  <si>
+    <t>124.541,15</t>
+  </si>
+  <si>
+    <t>ROBG00358</t>
+  </si>
+  <si>
+    <t>Patrimoniul Natural Transfrontalier Româno-Bulgar în Contextul Schimbărilor Climatice: Monitorizare și Sustenabilitate (DANUBEGREEN – ROBG00358)</t>
+  </si>
+  <si>
+    <t>12/24/2025</t>
+  </si>
+  <si>
+    <t>12/23/2027</t>
+  </si>
+  <si>
+    <t>Direcția Județeană de Servicii Publice și Utilități Dolj, România, Regia Națională a Pădurilor – Romsilva, România</t>
+  </si>
+  <si>
+    <t>Municipalitatea Gorna Oryahovitsa, Bulgaria, Clubul Prietenii Parcului Public Rusenski Lom, Bulgaria</t>
+  </si>
+  <si>
+    <t>1.603.905,70</t>
+  </si>
+  <si>
+    <t>1.283.124,54</t>
+  </si>
+  <si>
+    <t>320.781,16</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -1321,51 +1447,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N35"/>
+  <dimension ref="A1:N40"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="N2" sqref="N2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="11.711426" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="277.075195" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.998291" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="15.281982" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="15.281982" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="26.993408" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="5.855713" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="111.972656" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="193.381348" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="206.378174" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="29.421387" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="25.85083" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="34.134521" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="31.706543" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:14">
       <c r="A1" s="1" t="s">
@@ -2783,50 +2909,267 @@
       <c r="F35" t="s">
         <v>20</v>
       </c>
       <c r="G35" t="s">
         <v>33</v>
       </c>
       <c r="H35" t="s">
         <v>310</v>
       </c>
       <c r="I35" t="s">
         <v>311</v>
       </c>
       <c r="J35" t="s">
         <v>312</v>
       </c>
       <c r="K35" t="s">
         <v>313</v>
       </c>
       <c r="L35" t="s">
         <v>314</v>
       </c>
       <c r="M35" t="s">
         <v>315</v>
       </c>
       <c r="N35" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="36" spans="1:14">
+      <c r="A36" t="s">
+        <v>316</v>
+      </c>
+      <c r="B36" t="s">
+        <v>317</v>
+      </c>
+      <c r="C36" t="s">
+        <v>17</v>
+      </c>
+      <c r="D36" t="s">
+        <v>318</v>
+      </c>
+      <c r="E36" t="s">
+        <v>319</v>
+      </c>
+      <c r="F36" t="s">
+        <v>20</v>
+      </c>
+      <c r="G36" t="s">
+        <v>33</v>
+      </c>
+      <c r="H36" t="s">
+        <v>268</v>
+      </c>
+      <c r="I36" t="s">
+        <v>269</v>
+      </c>
+      <c r="J36" t="s">
+        <v>188</v>
+      </c>
+      <c r="K36" t="s">
+        <v>320</v>
+      </c>
+      <c r="L36" t="s">
+        <v>321</v>
+      </c>
+      <c r="M36" t="s">
+        <v>322</v>
+      </c>
+      <c r="N36" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="37" spans="1:14">
+      <c r="A37" t="s">
+        <v>323</v>
+      </c>
+      <c r="B37" t="s">
+        <v>324</v>
+      </c>
+      <c r="C37" t="s">
+        <v>17</v>
+      </c>
+      <c r="D37" t="s">
+        <v>325</v>
+      </c>
+      <c r="E37" t="s">
+        <v>326</v>
+      </c>
+      <c r="F37" t="s">
+        <v>20</v>
+      </c>
+      <c r="G37" t="s">
+        <v>33</v>
+      </c>
+      <c r="H37" t="s">
+        <v>327</v>
+      </c>
+      <c r="J37" t="s">
+        <v>328</v>
+      </c>
+      <c r="K37" t="s">
+        <v>329</v>
+      </c>
+      <c r="L37" t="s">
+        <v>330</v>
+      </c>
+      <c r="M37" t="s">
+        <v>331</v>
+      </c>
+      <c r="N37" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="38" spans="1:14">
+      <c r="A38" t="s">
+        <v>332</v>
+      </c>
+      <c r="B38" t="s">
+        <v>333</v>
+      </c>
+      <c r="C38" t="s">
+        <v>17</v>
+      </c>
+      <c r="D38" t="s">
+        <v>325</v>
+      </c>
+      <c r="E38" t="s">
+        <v>326</v>
+      </c>
+      <c r="F38" t="s">
+        <v>20</v>
+      </c>
+      <c r="G38" t="s">
+        <v>33</v>
+      </c>
+      <c r="H38" t="s">
+        <v>268</v>
+      </c>
+      <c r="I38" t="s">
+        <v>334</v>
+      </c>
+      <c r="J38" t="s">
+        <v>335</v>
+      </c>
+      <c r="K38" t="s">
+        <v>336</v>
+      </c>
+      <c r="L38" t="s">
+        <v>337</v>
+      </c>
+      <c r="M38" t="s">
+        <v>338</v>
+      </c>
+      <c r="N38" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="39" spans="1:14">
+      <c r="A39" t="s">
+        <v>339</v>
+      </c>
+      <c r="B39" t="s">
+        <v>340</v>
+      </c>
+      <c r="C39" t="s">
+        <v>75</v>
+      </c>
+      <c r="D39" t="s">
+        <v>341</v>
+      </c>
+      <c r="E39" t="s">
+        <v>342</v>
+      </c>
+      <c r="F39" t="s">
+        <v>20</v>
+      </c>
+      <c r="G39" t="s">
+        <v>21</v>
+      </c>
+      <c r="H39" t="s">
+        <v>343</v>
+      </c>
+      <c r="I39" t="s">
+        <v>344</v>
+      </c>
+      <c r="J39" t="s">
+        <v>345</v>
+      </c>
+      <c r="K39" t="s">
+        <v>346</v>
+      </c>
+      <c r="L39" t="s">
+        <v>347</v>
+      </c>
+      <c r="M39" t="s">
+        <v>348</v>
+      </c>
+      <c r="N39" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="40" spans="1:14">
+      <c r="A40" t="s">
+        <v>349</v>
+      </c>
+      <c r="B40" t="s">
+        <v>350</v>
+      </c>
+      <c r="C40" t="s">
+        <v>17</v>
+      </c>
+      <c r="D40" t="s">
+        <v>351</v>
+      </c>
+      <c r="E40" t="s">
+        <v>352</v>
+      </c>
+      <c r="F40" t="s">
+        <v>20</v>
+      </c>
+      <c r="G40" t="s">
+        <v>33</v>
+      </c>
+      <c r="H40" t="s">
+        <v>268</v>
+      </c>
+      <c r="I40" t="s">
+        <v>353</v>
+      </c>
+      <c r="J40" t="s">
+        <v>354</v>
+      </c>
+      <c r="K40" t="s">
+        <v>355</v>
+      </c>
+      <c r="L40" t="s">
+        <v>356</v>
+      </c>
+      <c r="M40" t="s">
+        <v>357</v>
+      </c>
+      <c r="N40" t="s">
         <v>28</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:A2"/>
     <mergeCell ref="B1:B2"/>
     <mergeCell ref="C1:C2"/>
     <mergeCell ref="D1:D2"/>
     <mergeCell ref="E1:E2"/>
     <mergeCell ref="F1:F2"/>
     <mergeCell ref="G1:G2"/>
     <mergeCell ref="H1:H2"/>
     <mergeCell ref="I1:I2"/>
     <mergeCell ref="J1:J2"/>
     <mergeCell ref="K1:N1"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>