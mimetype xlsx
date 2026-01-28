--- v3 (2026-01-07)
+++ v4 (2026-01-28)
@@ -104,51 +104,51 @@
   <si>
     <t>Asociatia Patronala Centrul Regional De Antreprenoriat Urban Regiunea Sud - Muntenia, România</t>
   </si>
   <si>
     <t>Liceul Udriste Nasturel, Romania</t>
   </si>
   <si>
     <t>Municipalitatea Silvo Pole, Bulgaria</t>
   </si>
   <si>
     <t>666.024,35</t>
   </si>
   <si>
     <t>532.819,47</t>
   </si>
   <si>
     <t>133.204,88</t>
   </si>
   <si>
     <t>0,00</t>
   </si>
   <si>
     <t>ROBG00157</t>
   </si>
   <si>
-    <t>Green Harmony: Încurajarea rezistenței ecosistemului prin investiții în zone verzi urbane și Peri-urbane din Vetovo și Giurgiu</t>
+    <t>Încurajarea rezistenței ecosistemului prin investiții în zone verzi urbane și Peri-urbane din Vetovo și Giurgiu</t>
   </si>
   <si>
     <t>12/18/2024</t>
   </si>
   <si>
     <t>12/17/2026</t>
   </si>
   <si>
     <t>Hard</t>
   </si>
   <si>
     <t>Municipalitatea Vetovo, Bulgaria</t>
   </si>
   <si>
     <t>Unitatea Administrativ Teritorială – Municipalitatea Giurgiu, Romania</t>
   </si>
   <si>
     <t>3.492.196,65</t>
   </si>
   <si>
     <t>2.793.757,31</t>
   </si>
   <si>
     <t>698.439,34</t>
   </si>
@@ -185,51 +185,51 @@
   <si>
     <t>08/28/2024</t>
   </si>
   <si>
     <t>08/27/2027</t>
   </si>
   <si>
     <t>Autoritatea Navală Română</t>
   </si>
   <si>
     <t>Agenția Executivă “Administrația Maritimă”</t>
   </si>
   <si>
     <t>3.233.777,62</t>
   </si>
   <si>
     <t>2.587.022,09</t>
   </si>
   <si>
     <t>646.755,53</t>
   </si>
   <si>
     <t>ROBG00169</t>
   </si>
   <si>
-    <t>Proiectul de evaluare și monitorizare a mediului fluvial Dunărea (DREAM)</t>
+    <t>Proiectul de evaluare și monitorizare a mediului fluvial Dunărea</t>
   </si>
   <si>
     <t>12/21/2024</t>
   </si>
   <si>
     <t>06/20/2026</t>
   </si>
   <si>
     <t>Universitatea din Ruse "Angel Kanchev", Bulgaria</t>
   </si>
   <si>
     <t>Institutul Național de Cercetare-Dezvoltare Turbomotoare COMOTI, Romania, Institutul National de Cercetare - Dezvoltare pentru Inginerie Electrica ICPE-CA, Romania</t>
   </si>
   <si>
     <t>733.294,60</t>
   </si>
   <si>
     <t>586.635,68</t>
   </si>
   <si>
     <t>146.658,92</t>
   </si>
   <si>
     <t>ROBG00146</t>
   </si>
@@ -326,51 +326,51 @@
   <si>
     <t>12/06/2027</t>
   </si>
   <si>
     <t>Inspectoratul Teritorial al Poliției de Frontieră Giurgiu, Romania</t>
   </si>
   <si>
     <t>Inspectoratul de Jandarmerie Judetean Giurgiu, Romania, Inspectoratul Județean de Poliție Giurgiu, Romania</t>
   </si>
   <si>
     <t>Agenția Executivă pentru Pescuit și Acvacultură, Bulgaria</t>
   </si>
   <si>
     <t>3.499.630,11</t>
   </si>
   <si>
     <t>2.799.704,08</t>
   </si>
   <si>
     <t>699.926,03</t>
   </si>
   <si>
     <t>ROBG00005</t>
   </si>
   <si>
-    <t>Raționalizarea Cooperării Transfrontaliere: abordare comună în ceea ce privește rezistența la dezastre – STREAM 2</t>
+    <t>Raționalizarea Cooperării Transfrontaliere: abordare comună în ceea ce privește rezistența la dezastre</t>
   </si>
   <si>
     <t>12/05/2024</t>
   </si>
   <si>
     <t>12/04/2028</t>
   </si>
   <si>
     <t>Inspectoratul General pentru Situații de Urgență, Romania</t>
   </si>
   <si>
     <t>Inspectoratul Județean pentru Situații de Urgență „Dobrogea” Constanța, Romania, Inspectoratul Teritorial al Poliției de Frontieră Giurgiu, Romania</t>
   </si>
   <si>
     <t>Direcția Generală Securitate la Incendiu și Protecție Civilă, Bulgaria, Academia Ministerului de Interne – Bulgaria, Asociația Națională a Voluntarilor din Republica Bulgaria</t>
   </si>
   <si>
     <t>24.330.679,26</t>
   </si>
   <si>
     <t>19.464.543,40</t>
   </si>
   <si>
     <t>4.866.135,86</t>
   </si>
@@ -401,243 +401,243 @@
   <si>
     <t>668.054,82</t>
   </si>
   <si>
     <t>ROBG00125</t>
   </si>
   <si>
     <t>Să facem natura să zâmbească din nou!</t>
   </si>
   <si>
     <t>Municipalitatea Balchik, Bulgaria</t>
   </si>
   <si>
     <t>3.302.627,03</t>
   </si>
   <si>
     <t>2.642.101,61</t>
   </si>
   <si>
     <t>660.525,42</t>
   </si>
   <si>
     <t>ROBG00271</t>
   </si>
   <si>
-    <t>Conectarea Educației pe Dunăre (BEAD - ROBG00271)</t>
+    <t>Conectarea Educației pe Dunăre</t>
   </si>
   <si>
     <t>Axa 3</t>
   </si>
   <si>
     <t>05/31/2025</t>
   </si>
   <si>
     <t>07/30/2026</t>
   </si>
   <si>
     <t>Camera de Comerț Bulgaro-Română, Ruse, Bulgaria</t>
   </si>
   <si>
     <t>Camera de Comerţ, Industrie şi Agricultură Călăraşi (România), Universitatea de Științe Agronomice și Medicină Veterinară din București, România</t>
   </si>
   <si>
     <t>269.267,00</t>
   </si>
   <si>
     <t>215.413,59</t>
   </si>
   <si>
     <t>53.853,41</t>
   </si>
   <si>
     <t>ROBG00252</t>
   </si>
   <si>
-    <t>Școală Montană Fără Frontiere (M.S.W.B.- ROBG00252)</t>
+    <t>Școală Montană Fără Frontiere</t>
   </si>
   <si>
     <t>08/16/2025</t>
   </si>
   <si>
     <t>08/15/2027</t>
   </si>
   <si>
     <t>Municipalitatea Berkovitsa (Bulgaria)</t>
   </si>
   <si>
     <t>Liceul Tehnologic Special „Beethoven” Craiova, România</t>
   </si>
   <si>
     <t>1.390.402,86</t>
   </si>
   <si>
     <t>1.112.322,28</t>
   </si>
   <si>
     <t>278.080,58</t>
   </si>
   <si>
     <t>ROBG00284</t>
   </si>
   <si>
-    <t>Asigurarea accesului egal la servicii educaționale incluzive și de calitate, inclusiv prin crearea unui model pilot comun sustenabil pentru educația și formarea la distanță și online în zona Byala-Giurgiu-Silistra. (EQUAL - ROBG00284)</t>
+    <t>Asigurarea accesului egal la servicii educaționale incluzive și de calitate, inclusiv prin crearea unui model pilot comun sustenabil pentru educația și formarea la distanță și online în zona Byala-Giurgiu-Silistra</t>
   </si>
   <si>
     <t>02/15/2027</t>
   </si>
   <si>
     <t>Municipalitatea Byala, Bulgaria</t>
   </si>
   <si>
     <t>Consiliul Județean Giurgiu, România, Centrul Regional de Sprijin pentru Procesul de Educație Incluzivă (RCPPPO), Silistra, Bulgaria</t>
   </si>
   <si>
     <t>611.438,19</t>
   </si>
   <si>
     <t>489.150,54</t>
   </si>
   <si>
     <t>122.287,65</t>
   </si>
   <si>
     <t>ROBG00288</t>
   </si>
   <si>
-    <t>Inițiativa Transfrontalieră pentru Învățarea și Implicarea Comunităților Religioase (CIRCLE - ROBG00288)</t>
+    <t>Inițiativa Transfrontalieră pentru Învățarea și Implicarea Comunităților Religioase</t>
   </si>
   <si>
     <t>08/15/2025</t>
   </si>
   <si>
     <t>10/14/2026</t>
   </si>
   <si>
     <t>Ssp</t>
   </si>
   <si>
     <t>Fundația pentru Dezvoltare Regională, Vidin, Bulgaria</t>
   </si>
   <si>
     <t>Asociația Vasiliada, Craiova, România</t>
   </si>
   <si>
     <t>Fundația "Phoenix – 21 century", Vidin (Bulgaria)</t>
   </si>
   <si>
     <t>288.960,74</t>
   </si>
   <si>
     <t>231.168,58</t>
   </si>
   <si>
     <t>52.012,93</t>
   </si>
   <si>
     <t>ROBG00324</t>
   </si>
   <si>
-    <t>Academia Transfrontalieră pentru Competențe în Industria Inteligentă și Excelență Viitoare (SkillsBridge - ROBG00324)</t>
+    <t>Academia Transfrontalieră pentru Competențe în Industria Inteligentă și Excelență Viitoare</t>
   </si>
   <si>
     <t>08/19/2025</t>
   </si>
   <si>
     <t>08/18/2027</t>
   </si>
   <si>
     <t>Camera de Comerț și Industrie Ruse, Bulgaria</t>
   </si>
   <si>
     <t>Asociația Română pentru Transfer Tehnologic și Inovare (ARoTT), România</t>
   </si>
   <si>
     <t>736.482,40</t>
   </si>
   <si>
     <t>589.185,92</t>
   </si>
   <si>
     <t>147.296,48</t>
   </si>
   <si>
     <t>ROBG00226</t>
   </si>
   <si>
-    <t>Servicii educaționale inovative în regiunea transfrontalieră Vidin – Montana – Dolj (INES- ROBG00226)</t>
+    <t>Servicii educaționale inovative în regiunea transfrontalieră Vidin – Montana – Dolj</t>
   </si>
   <si>
     <t>02/18/2027</t>
   </si>
   <si>
     <t>Asociația Societate Activă, Bulgaria</t>
   </si>
   <si>
     <t>Asociația Totdeauna pentru Europa – Craiova, Romania</t>
   </si>
   <si>
     <t>455.623,36</t>
   </si>
   <si>
     <t>364.498,68</t>
   </si>
   <si>
     <t>91.124,68</t>
   </si>
   <si>
     <t>ROBG00251</t>
   </si>
   <si>
-    <t>Siguranța și incluziunea tinerilor în regiunea transfrontalieră: modernizarea facilităților de formare și elaborarea unui ghid cuprinzător de bune practici (CBYSI- ROBG00251)</t>
+    <t>Siguranța și incluziunea tinerilor în regiunea transfrontalieră: modernizarea facilităților de formare și elaborarea unui ghid cuprinzător de bune practici</t>
   </si>
   <si>
     <t>08/20/2025</t>
   </si>
   <si>
     <t>02/19/2027</t>
   </si>
   <si>
     <t>Inspectoratul Județean de Poliție Dolj, România</t>
   </si>
   <si>
     <t>Academia de Studii Economice “Dimitar A. Tsenov” Svishtov, Bulgaria</t>
   </si>
   <si>
     <t>621.087,58</t>
   </si>
   <si>
     <t>496.870,06</t>
   </si>
   <si>
     <t>124.217,52</t>
   </si>
   <si>
     <t>ROBG00225</t>
   </si>
   <si>
-    <t>Rețea Regională pentru Educație Incluzivă (RN4IE- ROBG00225)</t>
+    <t>Rețea Regională pentru Educație Incluzivă</t>
   </si>
   <si>
     <t>08/21/2025</t>
   </si>
   <si>
     <t>10/20/2026</t>
   </si>
   <si>
     <t>Parteneriate Regionale pentru Dezvoltare Durabilă – Vidin, Bulgaria</t>
   </si>
   <si>
     <t>Centrul liber pentru tineret - Vidin, Bulgaria</t>
   </si>
   <si>
     <t>270.664,17</t>
   </si>
   <si>
     <t>216.531,32</t>
   </si>
   <si>
     <t>54.132,85</t>
   </si>
   <si>
     <t>ROBG00307</t>
   </si>
@@ -647,78 +647,78 @@
   <si>
     <t>08/22/2025</t>
   </si>
   <si>
     <t>02/21/2027</t>
   </si>
   <si>
     <t>Municipalitatea Belene, Bulgaria</t>
   </si>
   <si>
     <t>Municipalitatea Alexandria, România</t>
   </si>
   <si>
     <t>749.780,52</t>
   </si>
   <si>
     <t>599.824,41</t>
   </si>
   <si>
     <t>149.956,11</t>
   </si>
   <si>
     <t>ROBG00272</t>
   </si>
   <si>
-    <t>Colaborare transfrontalieră multidisciplinară în educația de telemedicină (MITEC- ROBG00272)</t>
+    <t>Colaborare transfrontalieră multidisciplinară în educația de telemedicină</t>
   </si>
   <si>
     <t>08/21/2027</t>
   </si>
   <si>
     <t>Universitatea de Medicină – Pleven, Bulgaria</t>
   </si>
   <si>
     <t>Universitatea de Medicină și Farmacie din Craiova, România, Asociația Română pentru Transfer Tehnologic și Inovare (ARoTT), România</t>
   </si>
   <si>
     <t>Fundația Mână Deschisă, Bulgaria</t>
   </si>
   <si>
     <t>1.330.589,54</t>
   </si>
   <si>
     <t>1.064.471,62</t>
   </si>
   <si>
     <t>266.117,92</t>
   </si>
   <si>
     <t>ROBG00233</t>
   </si>
   <si>
-    <t>Programe comune de formare în turism și învățare pe tot parcursul vieții în regiunea transfrontalieră Dobrich-Constanța ( TRAIN_LLL- ROBG00233)</t>
+    <t>Programe comune de formare în turism și învățare pe tot parcursul vieții în regiunea transfrontalieră Dobrich-Constanța</t>
   </si>
   <si>
     <t>08/26/2025</t>
   </si>
   <si>
     <t>02/25/2027</t>
   </si>
   <si>
     <t>Institutul European pentru Turism Cultural EUREKA NPO (Bulgaria)</t>
   </si>
   <si>
     <t>Universitatea Ovidius din Constanța, România</t>
   </si>
   <si>
     <t>378.452,33</t>
   </si>
   <si>
     <t>302.761,85</t>
   </si>
   <si>
     <t>75.690,48</t>
   </si>
   <si>
     <t>ROBG00211</t>
   </si>
@@ -731,384 +731,384 @@
   <si>
     <t>08/29/2027</t>
   </si>
   <si>
     <t>UAT Drobeta Turnu Severin</t>
   </si>
   <si>
     <t>Liceul de Artă I. St. Paulian</t>
   </si>
   <si>
     <t>Școala Gimnazială „Sfinții Chiril și Metodiu”</t>
   </si>
   <si>
     <t>513.800,08</t>
   </si>
   <si>
     <t>411.040,06</t>
   </si>
   <si>
     <t>102.760,02</t>
   </si>
   <si>
     <t>ROBG00257</t>
   </si>
   <si>
-    <t>Creativitate &amp; Inteligență Artificială în bibliotecile din Vratsa și Dolj (CreAI-VDLib - ROBG00257)</t>
+    <t>Creativitate &amp; Inteligență Artificială în bibliotecile din Vratsa și Dolj</t>
   </si>
   <si>
     <t>08/29/2025</t>
   </si>
   <si>
     <t>02/28/2027</t>
   </si>
   <si>
     <t>Biblioteca Regională Hristo Botev, Bulgaria</t>
   </si>
   <si>
     <t>Biblioteca Județeana ”Alexandru și Aristia Aman” - Dolj</t>
   </si>
   <si>
     <t>397.517,49</t>
   </si>
   <si>
     <t>318.013,98</t>
   </si>
   <si>
     <t>79.503,51</t>
   </si>
   <si>
     <t>ROBG00276</t>
   </si>
   <si>
-    <t>Mergi afara și învață (GOAL- ROBG00276)</t>
+    <t>Mergi afara și învață</t>
   </si>
   <si>
     <t>08/28/2025</t>
   </si>
   <si>
     <t>02/27/2027</t>
   </si>
   <si>
     <t>Asociația Grupul de Acțiune Locală Inima Giurgiului – Țara Neajlovului și a Câlniștei, România</t>
   </si>
   <si>
     <t>Asociația Polifonia, Bulgaria</t>
   </si>
   <si>
     <t>500.553,77</t>
   </si>
   <si>
     <t>400.443,01</t>
   </si>
   <si>
     <t>100.110,76</t>
   </si>
   <si>
     <t>ROBG00229</t>
   </si>
   <si>
-    <t>EDUCAȚIE PENTRU INCLUZIUNE – O ABORDARE TRANSFRONTALIERĂ (InclusiON - ROBG00229)</t>
+    <t>EDUCAȚIE PENTRU INCLUZIUNE – O ABORDARE TRANSFRONTALIERĂ</t>
   </si>
   <si>
     <t>09/11/2025</t>
   </si>
   <si>
     <t>09/10/2027</t>
   </si>
   <si>
     <t>Consiliul Județean Dolj, Romania</t>
   </si>
   <si>
     <t>Centrul Județean de Resurse și Asistență Educațională Dolj, Romania</t>
   </si>
   <si>
     <t>Municipalitatea Belogradchik, Bulgaria, Municipalitatea Vratsa, Bulgaria, Municipalitatea Vidin, Bulgaria</t>
   </si>
   <si>
     <t>1.286.957,86</t>
   </si>
   <si>
     <t>1.029.566,27</t>
   </si>
   <si>
     <t>257.391,59</t>
   </si>
   <si>
     <t>ROBG00299</t>
   </si>
   <si>
-    <t>Promovarea educației incluzive și de calitate prin tehnologie, leadership și sport - Hard (PROMISE-Hard - ROBG00299)</t>
+    <t>Promovarea educației incluzive și de calitate prin tehnologie, leadership și sport - Hard</t>
   </si>
   <si>
     <t>Universitatea din Craiova, Romania</t>
   </si>
   <si>
     <t>Asociația pentru Implicare în Educație, Romania</t>
   </si>
   <si>
     <t>1.327.528,12</t>
   </si>
   <si>
     <t>1.062.022,49</t>
   </si>
   <si>
     <t>265.505,63</t>
   </si>
   <si>
     <t>ROBG00326</t>
   </si>
   <si>
-    <t>Cooperare transfrontalieră pentru asigurarea unui mediu educațional atractiv (CBCEAEE - ROBG00326)</t>
+    <t>Cooperare transfrontalieră pentru asigurarea unui mediu educațional atractiv</t>
   </si>
   <si>
     <t>09/12/2025</t>
   </si>
   <si>
     <t>03/11/2027</t>
   </si>
   <si>
     <t>Școala gimnazială „Hristo Smirnenski” – Gulyantsi, Bulgaria</t>
   </si>
   <si>
     <t>Colegiul Național „Frații Buzești” Craiova, România, Biblioteca Județeana ”Alexandru și Aristia Aman” - Dolj</t>
   </si>
   <si>
     <t>550.356,72</t>
   </si>
   <si>
     <t>440.285,36</t>
   </si>
   <si>
     <t>110.071,36</t>
   </si>
   <si>
     <t>ROBG00214</t>
   </si>
   <si>
-    <t>Îmbunătățirea calității și a accesului universal la învățare și formare incluzivă pentru tineri (EQUALITY - ROBG00214)</t>
+    <t>Îmbunătățirea calității și a accesului universal la învățare și formare incluzivă pentru tineri</t>
   </si>
   <si>
     <t>10/09/2025</t>
   </si>
   <si>
     <t>10/08/2025</t>
   </si>
   <si>
     <t>Primăria Comunei Băneasa, Județul Constanța, România</t>
   </si>
   <si>
     <t>Școala Primară "Hristo Smirnenski", General Toshevo, Bulgaria</t>
   </si>
   <si>
     <t>1.145.265,62</t>
   </si>
   <si>
     <t>916.212,49</t>
   </si>
   <si>
     <t>229.053,13</t>
   </si>
   <si>
     <t>ROBG00306</t>
   </si>
   <si>
-    <t>Programe comune de educație și formare transfrontalieră, cu accent pe activități de învățare pe tot parcursul vieții, între Municipiul Vetovo și Municipiul Giurgiu (LEARN BRIDGE - ROBG00306)</t>
+    <t>Programe comune de educație și formare transfrontalieră, cu accent pe activități de învățare pe tot parcursul vieții, între Municipiul Vetovo și Municipiul Giurgiu</t>
   </si>
   <si>
     <t>10/16/2025</t>
   </si>
   <si>
     <t>10/15/2025</t>
   </si>
   <si>
     <t>1.393.658,97</t>
   </si>
   <si>
     <t>1.114.927,17</t>
   </si>
   <si>
     <t>278.731,80</t>
   </si>
   <si>
     <t>ROBG00292</t>
   </si>
   <si>
-    <t>Conectează-te prin performanță, educație și valori (Connect-Hard - ROBG00292)</t>
+    <t>Conectează-te prin performanță, educație și valori</t>
   </si>
   <si>
     <t>10/23/2025</t>
   </si>
   <si>
     <t>10/22/2027</t>
   </si>
   <si>
     <t>Universitatea St. Cyril and St. Methodius Veliko Tarnovo, Bulgaria</t>
   </si>
   <si>
     <t>1.025.122,19</t>
   </si>
   <si>
     <t>820.097,74</t>
   </si>
   <si>
     <t>205.024,45</t>
   </si>
   <si>
     <t>ROBG00297</t>
   </si>
   <si>
-    <t>Educație, formare profesională, învățare pe tot parcursul vieții – incluzivă și accesibilă (ETLLIA - ROBG00297)</t>
+    <t>Educație, formare profesională, învățare pe tot parcursul vieții – incluzivă și accesibilă</t>
   </si>
   <si>
     <t>11/06/2025</t>
   </si>
   <si>
     <t>11/05/2027</t>
   </si>
   <si>
     <t>Municipalitatea Lyaskovets, Bulgaria</t>
   </si>
   <si>
     <t>Asociația Oltenia de 10, România, Colegiul Național „Radu Greceanu” – Slatina, România</t>
   </si>
   <si>
     <t>Agenția pentru Dezvoltarea Resurselor Umane, Bulgaria, Bulgaria</t>
   </si>
   <si>
     <t>932.014,24</t>
   </si>
   <si>
     <t>745.611,39</t>
   </si>
   <si>
     <t>186.402,85</t>
   </si>
   <si>
     <t>ROBG00071</t>
   </si>
   <si>
-    <t>O regiune verde de-a lungul Dunării albastre (GREEN – ROBG00071)</t>
+    <t>O regiune verde de-a lungul Dunării albastre</t>
   </si>
   <si>
     <t>12/13/2025</t>
   </si>
   <si>
     <t>12/12/2027</t>
   </si>
   <si>
     <t>2.533.544,66</t>
   </si>
   <si>
     <t>2.026.835,72</t>
   </si>
   <si>
     <t>506.708,94</t>
   </si>
   <si>
     <t>ROBG00356</t>
   </si>
   <si>
-    <t>Inițiative de infrastructură verde și restaurare forestieră pentru adaptarea la schimbările climatice în zonele Zimnicea și Sviștov (GREEN - ROBG00356)</t>
+    <t>Inițiative de infrastructură verde și restaurare forestieră pentru adaptarea la schimbările climatice în zonele Zimnicea și Sviștov</t>
   </si>
   <si>
     <t>12/18/2025</t>
   </si>
   <si>
     <t>12/17/2027</t>
   </si>
   <si>
     <t>Primaria Orasului Zimnicea, Romania</t>
   </si>
   <si>
     <t>Municipalitatea Svishtov, Bulgaria</t>
   </si>
   <si>
     <t>1.230.620,35</t>
   </si>
   <si>
     <t>984.496,28</t>
   </si>
   <si>
     <t>246.124,07</t>
   </si>
   <si>
     <t>ROBG00370</t>
   </si>
   <si>
-    <t>Adaptarea viticulturii la schimbările climatice prin implementarea măsurilor bazate pe ecosisteme pentru menținerea viabilității economice (VitiClimRoBg – ROBG00370)</t>
+    <t>Adaptarea viticulturii la schimbările climatice prin implementarea măsurilor bazate pe ecosisteme pentru menținerea viabilității economice</t>
   </si>
   <si>
     <t>Asociația Justiț</t>
   </si>
   <si>
     <t>Institutul de Viticultura si Enologie, Bulgaria, Camera de Comerț și Industrie Vidin, Bulgaria</t>
   </si>
   <si>
     <t>1.610.750,22</t>
   </si>
   <si>
     <t>1.288.600,16</t>
   </si>
   <si>
     <t>322.150,06</t>
   </si>
   <si>
     <t>ROBG00349</t>
   </si>
   <si>
-    <t>Consolidarea comunităților și organizațiilor pentru tranziția la schimbările climatice (ECOFIT – HARD – ROBG00349)</t>
+    <t>Consolidarea comunităților și organizațiilor pentru tranziția la schimbările climatice</t>
   </si>
   <si>
     <t>12/31/2025</t>
   </si>
   <si>
     <t>12/30/2027</t>
   </si>
   <si>
     <t>Inspectoratul pentru Situații de Urgență „Oltenia” al Județului Dolj, România</t>
   </si>
   <si>
     <t>Instituția Prefectului – Județul Dolj, România, Inspectoratul Județean de Poliție Dolj, România</t>
   </si>
   <si>
     <t>Întreprinderea de Stat Nord-Vest, Bulgaria</t>
   </si>
   <si>
     <t>622.705,69</t>
   </si>
   <si>
     <t>498.164,54</t>
   </si>
   <si>
     <t>124.541,15</t>
   </si>
   <si>
     <t>ROBG00358</t>
   </si>
   <si>
-    <t>Patrimoniul Natural Transfrontalier Româno-Bulgar în Contextul Schimbărilor Climatice: Monitorizare și Sustenabilitate (DANUBEGREEN – ROBG00358)</t>
+    <t>Patrimoniul Natural Transfrontalier Româno-Bulgar în Contextul Schimbărilor Climatice: Monitorizare și Sustenabilitate</t>
   </si>
   <si>
     <t>12/24/2025</t>
   </si>
   <si>
     <t>12/23/2027</t>
   </si>
   <si>
     <t>Direcția Județeană de Servicii Publice și Utilități Dolj, România, Regia Națională a Pădurilor – Romsilva, România</t>
   </si>
   <si>
     <t>Municipalitatea Gorna Oryahovitsa, Bulgaria, Clubul Prietenii Parcului Public Rusenski Lom, Bulgaria</t>
   </si>
   <si>
     <t>1.603.905,70</t>
   </si>
   <si>
     <t>1.283.124,54</t>
   </si>
   <si>
     <t>320.781,16</t>
   </si>
 </sst>
 </file>
 
@@ -1456,51 +1456,51 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:N40"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="N2" sqref="N2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="11.711426" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="277.075195" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="252.366943" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.998291" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="15.281982" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="15.281982" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="26.993408" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="5.855713" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="111.972656" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="193.381348" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="206.378174" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="29.421387" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="25.85083" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="34.134521" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="31.706543" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:14">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">