--- v0 (2025-10-08)
+++ v1 (2025-11-12)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="283">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="317">
   <si>
     <t>Cod</t>
   </si>
   <si>
     <t>Titlu</t>
   </si>
   <si>
     <t>Axa</t>
   </si>
   <si>
     <t>Data inceput</t>
   </si>
   <si>
     <t>Data sfarsit</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>Tip</t>
   </si>
   <si>
     <t>Beneficiar Lider</t>
   </si>
   <si>
@@ -861,50 +861,152 @@
     <t>ROBG00326</t>
   </si>
   <si>
     <t>Трансгранично сътрудничество за осигуряване на привлекателна образователна среда (CBCEAEE — ROBG00326)</t>
   </si>
   <si>
     <t>09/12/2025</t>
   </si>
   <si>
     <t>03/11/2027</t>
   </si>
   <si>
     <t>Средно Общообразователно Училище "Христо Смирненски" - Гулянци</t>
   </si>
   <si>
     <t>Национален колеж „Фрации Бузещи“ Крайова, Румъния, Окръжна библиотека на Долж „Александру и Аристиа Аман“</t>
   </si>
   <si>
     <t>550.356,72</t>
   </si>
   <si>
     <t>440.285,36</t>
   </si>
   <si>
     <t>110.071,36</t>
+  </si>
+  <si>
+    <t>ROBG00214</t>
+  </si>
+  <si>
+    <t>Повишаване на качеството и всеобщия достъп до учене и приобщаващо обучение за младежите (EQUALITY - ROBG00214)</t>
+  </si>
+  <si>
+    <t>10/09/2025</t>
+  </si>
+  <si>
+    <t>10/08/2027</t>
+  </si>
+  <si>
+    <t>община Баняса, окръг Констанца, Румъния</t>
+  </si>
+  <si>
+    <t>ОУ "Христо Смирненски", Генерал Тошево – България</t>
+  </si>
+  <si>
+    <t>1.145.265,62</t>
+  </si>
+  <si>
+    <t>916.212,49</t>
+  </si>
+  <si>
+    <t>229.053,13</t>
+  </si>
+  <si>
+    <t>ROBG00306</t>
+  </si>
+  <si>
+    <t>Съвместни трансгранични схеми за образование и обучение с акцент върху дейностите за учене през целия живот между община Ветово и община Гюргево (МОСТ ЗА УЧЕНЕ — ROBG00306)</t>
+  </si>
+  <si>
+    <t>10/16/2025</t>
+  </si>
+  <si>
+    <t>10/15/2027</t>
+  </si>
+  <si>
+    <t>1.393.658,97</t>
+  </si>
+  <si>
+    <t>1.114.927,17</t>
+  </si>
+  <si>
+    <t>278.731,80</t>
+  </si>
+  <si>
+    <t>ROBG00292</t>
+  </si>
+  <si>
+    <t>Свързване чрез резултати, образование и ценности (Connect-Hard — ROBG00292)</t>
+  </si>
+  <si>
+    <t>10/23/2025</t>
+  </si>
+  <si>
+    <t>10/22/2027</t>
+  </si>
+  <si>
+    <t>Великотърновски университет „Св. Кирил и Св. Методий“, България</t>
+  </si>
+  <si>
+    <t>1.025.122,19</t>
+  </si>
+  <si>
+    <t>820.097,74</t>
+  </si>
+  <si>
+    <t>205.024,45</t>
+  </si>
+  <si>
+    <t>ROBG00297</t>
+  </si>
+  <si>
+    <t>Образование, обучение, учене през целия живот - приобщаващо и достъпно (ETLLIA — ROBG00297)</t>
+  </si>
+  <si>
+    <t>11/06/2025</t>
+  </si>
+  <si>
+    <t>11/05/2027</t>
+  </si>
+  <si>
+    <t>Община Лясковец, България</t>
+  </si>
+  <si>
+    <t>Асоциация „Олтения на 10“, Румъния, Национална охрана на околната среда (NEG) (Румъния)</t>
+  </si>
+  <si>
+    <t>Агенция за развитие на човешките ресурси, България</t>
+  </si>
+  <si>
+    <t>932.014,24</t>
+  </si>
+  <si>
+    <t>745.611,39</t>
+  </si>
+  <si>
+    <t>186.402,85</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -1222,51 +1324,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N31"/>
+  <dimension ref="A1:N35"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="N2" sqref="N2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="11.711426" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="281.78833" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.998291" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="15.281982" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="15.281982" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="26.993408" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="5.855713" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="124.969482" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="221.660156" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="187.525635" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="29.421387" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="25.85083" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="34.134521" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="31.706543" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:14">
       <c r="A1" s="1" t="s">
@@ -2514,50 +2616,220 @@
       <c r="E31" t="s">
         <v>277</v>
       </c>
       <c r="F31" t="s">
         <v>20</v>
       </c>
       <c r="G31" t="s">
         <v>21</v>
       </c>
       <c r="H31" t="s">
         <v>278</v>
       </c>
       <c r="I31" t="s">
         <v>279</v>
       </c>
       <c r="K31" t="s">
         <v>280</v>
       </c>
       <c r="L31" t="s">
         <v>281</v>
       </c>
       <c r="M31" t="s">
         <v>282</v>
       </c>
       <c r="N31" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="32" spans="1:14">
+      <c r="A32" t="s">
+        <v>283</v>
+      </c>
+      <c r="B32" t="s">
+        <v>284</v>
+      </c>
+      <c r="C32" t="s">
+        <v>131</v>
+      </c>
+      <c r="D32" t="s">
+        <v>285</v>
+      </c>
+      <c r="E32" t="s">
+        <v>286</v>
+      </c>
+      <c r="F32" t="s">
+        <v>20</v>
+      </c>
+      <c r="G32" t="s">
+        <v>33</v>
+      </c>
+      <c r="H32" t="s">
+        <v>287</v>
+      </c>
+      <c r="J32" t="s">
+        <v>288</v>
+      </c>
+      <c r="K32" t="s">
+        <v>289</v>
+      </c>
+      <c r="L32" t="s">
+        <v>290</v>
+      </c>
+      <c r="M32" t="s">
+        <v>291</v>
+      </c>
+      <c r="N32" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="33" spans="1:14">
+      <c r="A33" t="s">
+        <v>292</v>
+      </c>
+      <c r="B33" t="s">
+        <v>293</v>
+      </c>
+      <c r="C33" t="s">
+        <v>131</v>
+      </c>
+      <c r="D33" t="s">
+        <v>294</v>
+      </c>
+      <c r="E33" t="s">
+        <v>295</v>
+      </c>
+      <c r="F33" t="s">
+        <v>20</v>
+      </c>
+      <c r="G33" t="s">
+        <v>33</v>
+      </c>
+      <c r="H33" t="s">
+        <v>34</v>
+      </c>
+      <c r="I33" t="s">
+        <v>35</v>
+      </c>
+      <c r="K33" t="s">
+        <v>296</v>
+      </c>
+      <c r="L33" t="s">
+        <v>297</v>
+      </c>
+      <c r="M33" t="s">
+        <v>298</v>
+      </c>
+      <c r="N33" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="34" spans="1:14">
+      <c r="A34" t="s">
+        <v>299</v>
+      </c>
+      <c r="B34" t="s">
+        <v>300</v>
+      </c>
+      <c r="C34" t="s">
+        <v>131</v>
+      </c>
+      <c r="D34" t="s">
+        <v>301</v>
+      </c>
+      <c r="E34" t="s">
+        <v>302</v>
+      </c>
+      <c r="F34" t="s">
+        <v>20</v>
+      </c>
+      <c r="G34" t="s">
+        <v>33</v>
+      </c>
+      <c r="H34" t="s">
+        <v>269</v>
+      </c>
+      <c r="I34" t="s">
+        <v>270</v>
+      </c>
+      <c r="J34" t="s">
+        <v>303</v>
+      </c>
+      <c r="K34" t="s">
+        <v>304</v>
+      </c>
+      <c r="L34" t="s">
+        <v>305</v>
+      </c>
+      <c r="M34" t="s">
+        <v>306</v>
+      </c>
+      <c r="N34" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="35" spans="1:14">
+      <c r="A35" t="s">
+        <v>307</v>
+      </c>
+      <c r="B35" t="s">
+        <v>308</v>
+      </c>
+      <c r="C35" t="s">
+        <v>131</v>
+      </c>
+      <c r="D35" t="s">
+        <v>309</v>
+      </c>
+      <c r="E35" t="s">
+        <v>310</v>
+      </c>
+      <c r="F35" t="s">
+        <v>20</v>
+      </c>
+      <c r="G35" t="s">
+        <v>33</v>
+      </c>
+      <c r="H35" t="s">
+        <v>311</v>
+      </c>
+      <c r="I35" t="s">
+        <v>312</v>
+      </c>
+      <c r="J35" t="s">
+        <v>313</v>
+      </c>
+      <c r="K35" t="s">
+        <v>314</v>
+      </c>
+      <c r="L35" t="s">
+        <v>315</v>
+      </c>
+      <c r="M35" t="s">
+        <v>316</v>
+      </c>
+      <c r="N35" t="s">
         <v>28</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:A2"/>
     <mergeCell ref="B1:B2"/>
     <mergeCell ref="C1:C2"/>
     <mergeCell ref="D1:D2"/>
     <mergeCell ref="E1:E2"/>
     <mergeCell ref="F1:F2"/>
     <mergeCell ref="G1:G2"/>
     <mergeCell ref="H1:H2"/>
     <mergeCell ref="I1:I2"/>
     <mergeCell ref="J1:J2"/>
     <mergeCell ref="K1:N1"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>