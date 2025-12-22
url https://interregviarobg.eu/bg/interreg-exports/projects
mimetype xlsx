--- v1 (2025-11-12)
+++ v2 (2025-12-22)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="317">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="324">
   <si>
     <t>Cod</t>
   </si>
   <si>
     <t>Titlu</t>
   </si>
   <si>
     <t>Axa</t>
   </si>
   <si>
     <t>Data inceput</t>
   </si>
   <si>
     <t>Data sfarsit</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>Tip</t>
   </si>
   <si>
     <t>Beneficiar Lider</t>
   </si>
   <si>
@@ -963,50 +963,71 @@
     <t>Образование, обучение, учене през целия живот - приобщаващо и достъпно (ETLLIA — ROBG00297)</t>
   </si>
   <si>
     <t>11/06/2025</t>
   </si>
   <si>
     <t>11/05/2027</t>
   </si>
   <si>
     <t>Община Лясковец, България</t>
   </si>
   <si>
     <t>Асоциация „Олтения на 10“, Румъния, Национална охрана на околната среда (NEG) (Румъния)</t>
   </si>
   <si>
     <t>Агенция за развитие на човешките ресурси, България</t>
   </si>
   <si>
     <t>932.014,24</t>
   </si>
   <si>
     <t>745.611,39</t>
   </si>
   <si>
     <t>186.402,85</t>
+  </si>
+  <si>
+    <t>ROBG00071</t>
+  </si>
+  <si>
+    <t>Зелен регион по синия Дунав (GREEN - ROBG00071)</t>
+  </si>
+  <si>
+    <t>12/13/2025</t>
+  </si>
+  <si>
+    <t>12/12/2027</t>
+  </si>
+  <si>
+    <t>2.533.544,66</t>
+  </si>
+  <si>
+    <t>2.026.835,72</t>
+  </si>
+  <si>
+    <t>506.708,94</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -1324,51 +1345,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N35"/>
+  <dimension ref="A1:N36"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="N2" sqref="N2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="11.711426" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="281.78833" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.998291" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="15.281982" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="15.281982" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="26.993408" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="5.855713" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="124.969482" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="221.660156" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="187.525635" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="29.421387" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="25.85083" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="34.134521" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="31.706543" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:14">
       <c r="A1" s="1" t="s">
@@ -2786,50 +2807,94 @@
       <c r="F35" t="s">
         <v>20</v>
       </c>
       <c r="G35" t="s">
         <v>33</v>
       </c>
       <c r="H35" t="s">
         <v>311</v>
       </c>
       <c r="I35" t="s">
         <v>312</v>
       </c>
       <c r="J35" t="s">
         <v>313</v>
       </c>
       <c r="K35" t="s">
         <v>314</v>
       </c>
       <c r="L35" t="s">
         <v>315</v>
       </c>
       <c r="M35" t="s">
         <v>316</v>
       </c>
       <c r="N35" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="36" spans="1:14">
+      <c r="A36" t="s">
+        <v>317</v>
+      </c>
+      <c r="B36" t="s">
+        <v>318</v>
+      </c>
+      <c r="C36" t="s">
+        <v>17</v>
+      </c>
+      <c r="D36" t="s">
+        <v>319</v>
+      </c>
+      <c r="E36" t="s">
+        <v>320</v>
+      </c>
+      <c r="F36" t="s">
+        <v>20</v>
+      </c>
+      <c r="G36" t="s">
+        <v>33</v>
+      </c>
+      <c r="H36" t="s">
+        <v>269</v>
+      </c>
+      <c r="I36" t="s">
+        <v>270</v>
+      </c>
+      <c r="J36" t="s">
+        <v>189</v>
+      </c>
+      <c r="K36" t="s">
+        <v>321</v>
+      </c>
+      <c r="L36" t="s">
+        <v>322</v>
+      </c>
+      <c r="M36" t="s">
+        <v>323</v>
+      </c>
+      <c r="N36" t="s">
         <v>28</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:A2"/>
     <mergeCell ref="B1:B2"/>
     <mergeCell ref="C1:C2"/>
     <mergeCell ref="D1:D2"/>
     <mergeCell ref="E1:E2"/>
     <mergeCell ref="F1:F2"/>
     <mergeCell ref="G1:G2"/>
     <mergeCell ref="H1:H2"/>
     <mergeCell ref="I1:I2"/>
     <mergeCell ref="J1:J2"/>
     <mergeCell ref="K1:N1"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>