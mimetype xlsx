--- v2 (2025-12-22)
+++ v3 (2026-01-12)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="324">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="358">
   <si>
     <t>Cod</t>
   </si>
   <si>
     <t>Titlu</t>
   </si>
   <si>
     <t>Axa</t>
   </si>
   <si>
     <t>Data inceput</t>
   </si>
   <si>
     <t>Data sfarsit</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>Tip</t>
   </si>
   <si>
     <t>Beneficiar Lider</t>
   </si>
   <si>
@@ -984,50 +984,152 @@
     <t>745.611,39</t>
   </si>
   <si>
     <t>186.402,85</t>
   </si>
   <si>
     <t>ROBG00071</t>
   </si>
   <si>
     <t>Зелен регион по синия Дунав (GREEN - ROBG00071)</t>
   </si>
   <si>
     <t>12/13/2025</t>
   </si>
   <si>
     <t>12/12/2027</t>
   </si>
   <si>
     <t>2.533.544,66</t>
   </si>
   <si>
     <t>2.026.835,72</t>
   </si>
   <si>
     <t>506.708,94</t>
+  </si>
+  <si>
+    <t>ROBG00356</t>
+  </si>
+  <si>
+    <t>Инициативи за зелена инфраструктура и възстановяване на горите с цел приспособяване към изменението на климата в районите на Зимничя и Свищов (GREEN - ROBG00356)</t>
+  </si>
+  <si>
+    <t>12/18/2025</t>
+  </si>
+  <si>
+    <t>Териториална административна единица град Зимничя, Румъния</t>
+  </si>
+  <si>
+    <t>Община Свищов, България</t>
+  </si>
+  <si>
+    <t>1.230.620,35</t>
+  </si>
+  <si>
+    <t>98.449.628,00</t>
+  </si>
+  <si>
+    <t>24.612.407,00</t>
+  </si>
+  <si>
+    <t>ROBG00370</t>
+  </si>
+  <si>
+    <t>Адаптиране на лозарството към изменението на климата чрез прилагане на екосистемни мерки за поддържане на икономическата жизнеспособност (VitiClimRoBg - ROBG00370)</t>
+  </si>
+  <si>
+    <t>АСОЦИАЦИЯ ЗА СПРАВЕДЛИВОСТТА И МЛАДЕЖТА - JUST, Румъния</t>
+  </si>
+  <si>
+    <t>Институт по лозарство и винарство, България, Видинска търговско-промишлена палата, България</t>
+  </si>
+  <si>
+    <t>1.610.750,22</t>
+  </si>
+  <si>
+    <t>1.288.600,16</t>
+  </si>
+  <si>
+    <t>322.150,06</t>
+  </si>
+  <si>
+    <t>ROBG00349</t>
+  </si>
+  <si>
+    <t>Подобряване на общностите и организациите за преход към изменението на климата (ECOFIT – HARD - ROBG00349)</t>
+  </si>
+  <si>
+    <t>12/31/2025</t>
+  </si>
+  <si>
+    <t>12/30/2027</t>
+  </si>
+  <si>
+    <t>Инспекторат за извънредни ситуации "Олтения" на окръг Долж, Румъния</t>
+  </si>
+  <si>
+    <t>Институцията на Префекта на окръг Долж, Полицейски инспекторат, окръг Долж, Румъния</t>
+  </si>
+  <si>
+    <t>Северозападно държавно предприятие, България</t>
+  </si>
+  <si>
+    <t>622.705,69</t>
+  </si>
+  <si>
+    <t>498.164,54</t>
+  </si>
+  <si>
+    <t>124.541,15</t>
+  </si>
+  <si>
+    <t>ROBG00358</t>
+  </si>
+  <si>
+    <t>Българо-румънско трансгранично природно наследство в контекста на изменението на климата: Мониторинг и устойчивост (DANUBEGREEN- ROBG00358)</t>
+  </si>
+  <si>
+    <t>12/24/2025</t>
+  </si>
+  <si>
+    <t>12/23/2027</t>
+  </si>
+  <si>
+    <t>Окръжна дирекция за обществени услуги и комунални услуги Долж, Румъния, Национална администрация по горите – Ромсилва, Румъния</t>
+  </si>
+  <si>
+    <t>Община Горна Оряховица, България, Клуб Приятели на Природен парк Русенски Лом, България</t>
+  </si>
+  <si>
+    <t>1.603.905,70</t>
+  </si>
+  <si>
+    <t>1.283.124,54</t>
+  </si>
+  <si>
+    <t>320.781,16</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -1345,51 +1447,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N36"/>
+  <dimension ref="A1:N40"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="N2" sqref="N2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="11.711426" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="281.78833" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.998291" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="15.281982" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="15.281982" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="26.993408" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="5.855713" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="124.969482" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="221.660156" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="187.525635" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="29.421387" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="25.85083" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="34.134521" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="31.706543" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:14">
       <c r="A1" s="1" t="s">
@@ -2851,50 +2953,223 @@
       <c r="F36" t="s">
         <v>20</v>
       </c>
       <c r="G36" t="s">
         <v>33</v>
       </c>
       <c r="H36" t="s">
         <v>269</v>
       </c>
       <c r="I36" t="s">
         <v>270</v>
       </c>
       <c r="J36" t="s">
         <v>189</v>
       </c>
       <c r="K36" t="s">
         <v>321</v>
       </c>
       <c r="L36" t="s">
         <v>322</v>
       </c>
       <c r="M36" t="s">
         <v>323</v>
       </c>
       <c r="N36" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="37" spans="1:14">
+      <c r="A37" t="s">
+        <v>324</v>
+      </c>
+      <c r="B37" t="s">
+        <v>325</v>
+      </c>
+      <c r="C37" t="s">
+        <v>17</v>
+      </c>
+      <c r="D37" t="s">
+        <v>326</v>
+      </c>
+      <c r="E37" t="s">
+        <v>32</v>
+      </c>
+      <c r="F37" t="s">
+        <v>20</v>
+      </c>
+      <c r="G37" t="s">
+        <v>33</v>
+      </c>
+      <c r="H37" t="s">
+        <v>327</v>
+      </c>
+      <c r="J37" t="s">
+        <v>328</v>
+      </c>
+      <c r="K37" t="s">
+        <v>329</v>
+      </c>
+      <c r="L37" t="s">
+        <v>330</v>
+      </c>
+      <c r="M37" t="s">
+        <v>331</v>
+      </c>
+      <c r="N37" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="38" spans="1:14">
+      <c r="A38" t="s">
+        <v>332</v>
+      </c>
+      <c r="B38" t="s">
+        <v>333</v>
+      </c>
+      <c r="C38" t="s">
+        <v>17</v>
+      </c>
+      <c r="D38" t="s">
+        <v>326</v>
+      </c>
+      <c r="E38" t="s">
+        <v>32</v>
+      </c>
+      <c r="F38" t="s">
+        <v>20</v>
+      </c>
+      <c r="G38" t="s">
+        <v>33</v>
+      </c>
+      <c r="H38" t="s">
+        <v>269</v>
+      </c>
+      <c r="I38" t="s">
+        <v>334</v>
+      </c>
+      <c r="J38" t="s">
+        <v>335</v>
+      </c>
+      <c r="K38" t="s">
+        <v>336</v>
+      </c>
+      <c r="L38" t="s">
+        <v>337</v>
+      </c>
+      <c r="M38" t="s">
+        <v>338</v>
+      </c>
+      <c r="N38" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="39" spans="1:14">
+      <c r="A39" t="s">
+        <v>339</v>
+      </c>
+      <c r="B39" t="s">
+        <v>340</v>
+      </c>
+      <c r="C39" t="s">
+        <v>17</v>
+      </c>
+      <c r="D39" t="s">
+        <v>341</v>
+      </c>
+      <c r="E39" t="s">
+        <v>342</v>
+      </c>
+      <c r="F39" t="s">
+        <v>20</v>
+      </c>
+      <c r="G39" t="s">
+        <v>33</v>
+      </c>
+      <c r="H39" t="s">
+        <v>343</v>
+      </c>
+      <c r="I39" t="s">
+        <v>344</v>
+      </c>
+      <c r="J39" t="s">
+        <v>345</v>
+      </c>
+      <c r="K39" t="s">
+        <v>346</v>
+      </c>
+      <c r="L39" t="s">
+        <v>347</v>
+      </c>
+      <c r="M39" t="s">
+        <v>348</v>
+      </c>
+      <c r="N39" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="40" spans="1:14">
+      <c r="A40" t="s">
+        <v>349</v>
+      </c>
+      <c r="B40" t="s">
+        <v>350</v>
+      </c>
+      <c r="C40" t="s">
+        <v>17</v>
+      </c>
+      <c r="D40" t="s">
+        <v>351</v>
+      </c>
+      <c r="E40" t="s">
+        <v>352</v>
+      </c>
+      <c r="F40" t="s">
+        <v>20</v>
+      </c>
+      <c r="G40" t="s">
+        <v>33</v>
+      </c>
+      <c r="H40" t="s">
+        <v>269</v>
+      </c>
+      <c r="I40" t="s">
+        <v>353</v>
+      </c>
+      <c r="J40" t="s">
+        <v>354</v>
+      </c>
+      <c r="K40" t="s">
+        <v>355</v>
+      </c>
+      <c r="L40" t="s">
+        <v>356</v>
+      </c>
+      <c r="M40" t="s">
+        <v>357</v>
+      </c>
+      <c r="N40" t="s">
         <v>28</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:A2"/>
     <mergeCell ref="B1:B2"/>
     <mergeCell ref="C1:C2"/>
     <mergeCell ref="D1:D2"/>
     <mergeCell ref="E1:E2"/>
     <mergeCell ref="F1:F2"/>
     <mergeCell ref="G1:G2"/>
     <mergeCell ref="H1:H2"/>
     <mergeCell ref="I1:I2"/>
     <mergeCell ref="J1:J2"/>
     <mergeCell ref="K1:N1"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>