--- v3 (2026-01-12)
+++ v4 (2026-02-02)
@@ -104,51 +104,51 @@
   <si>
     <t>"Асоциация на работодателите - Регионален градски предприемачески център - Южен регион Мунтения“, Румъния</t>
   </si>
   <si>
     <t>Средно училище Удристе Настурел, Румъния</t>
   </si>
   <si>
     <t>Община Сливо Поле, България</t>
   </si>
   <si>
     <t>666.024,35</t>
   </si>
   <si>
     <t>532.819,47</t>
   </si>
   <si>
     <t>133.204,88</t>
   </si>
   <si>
     <t>0,00</t>
   </si>
   <si>
     <t>ROBG00157</t>
   </si>
   <si>
-    <t>Зелена хармония: Насърчаване на устойчивостта на екосистемата чрез инвестиции в градски и крайградски зелени зони във Ветово и Гюргево</t>
+    <t>Насърчаване на устойчивостта на екосистемата чрез инвестиции в градски и крайградски зелени зони във Ветово и Гюргево</t>
   </si>
   <si>
     <t>12/18/2024</t>
   </si>
   <si>
     <t>12/17/2027</t>
   </si>
   <si>
     <t>Hard</t>
   </si>
   <si>
     <t>Община Ветово, България</t>
   </si>
   <si>
     <t>Териториална административна единица - Община Гюргево, Румъния</t>
   </si>
   <si>
     <t>3.492.196,65</t>
   </si>
   <si>
     <t>2.793.757,31</t>
   </si>
   <si>
     <t>698.439,34</t>
   </si>
@@ -185,102 +185,102 @@
   <si>
     <t>08/28/2024</t>
   </si>
   <si>
     <t>08/27/2027</t>
   </si>
   <si>
     <t>Румънската морска администрация</t>
   </si>
   <si>
     <t>Изпълнителна Агенция „Морска aдминистрация"</t>
   </si>
   <si>
     <t>3.233.777,62</t>
   </si>
   <si>
     <t>2.587.022,09</t>
   </si>
   <si>
     <t>646.755,53</t>
   </si>
   <si>
     <t>ROBG00169</t>
   </si>
   <si>
-    <t>Проект за екологична оценка и мониторинг на река Дунав (DREAM)</t>
+    <t>Проект за екологична оценка и мониторинг на река Дунав</t>
   </si>
   <si>
     <t>12/21/2024</t>
   </si>
   <si>
     <t>06/20/2026</t>
   </si>
   <si>
     <t>Русенски Университет "Ангел Кънчев", България</t>
   </si>
   <si>
     <t>Национален институт за изследване и развитие на газови турбини COMOTI, Румъния, Национален институт за научноизследователска и развойна дейност в електротехниката ICPE-CA Букурещ, Румъния</t>
   </si>
   <si>
     <t>733.294,60</t>
   </si>
   <si>
     <t>586.635,68</t>
   </si>
   <si>
     <t>146.658,92</t>
   </si>
   <si>
     <t>ROBG00146</t>
   </si>
   <si>
     <t>EnviroConnect: Създаване на синергия в усилията за екологична устойчивост в Иваново и Пиатра Олт</t>
   </si>
   <si>
     <t>12/20/2026</t>
   </si>
   <si>
     <t>Община Иваново, България</t>
   </si>
   <si>
     <t>Териториално административна единица Пиатра Олт, Румъния</t>
   </si>
   <si>
     <t>3.262.618,48</t>
   </si>
   <si>
     <t>2.610.094,78</t>
   </si>
   <si>
     <t>652.523,70</t>
   </si>
   <si>
     <t>ROBG00090</t>
   </si>
   <si>
-    <t>DISMAR - Дунавска интегрирана система за маркиране</t>
+    <t>Дунавска интегрирана система за маркиране</t>
   </si>
   <si>
     <t>Axa 1</t>
   </si>
   <si>
     <t>04/11/2024</t>
   </si>
   <si>
     <t>04/10/2027</t>
   </si>
   <si>
     <t>Osi</t>
   </si>
   <si>
     <t>Речна администрация за долен Дунав, Румъния</t>
   </si>
   <si>
     <t>Изпълнителна агенция „Проучване и поддържане на река Дунав“, България</t>
   </si>
   <si>
     <t>12.854.287,34</t>
   </si>
   <si>
     <t>10.283.429,86</t>
   </si>
@@ -404,324 +404,324 @@
   <si>
     <t>ROBG00125</t>
   </si>
   <si>
     <t>Нека накараме природата да се усмихне отново!</t>
   </si>
   <si>
     <t>03/18/2025</t>
   </si>
   <si>
     <t>Община Балчик</t>
   </si>
   <si>
     <t>3.302.627,03</t>
   </si>
   <si>
     <t>2.642.101,61</t>
   </si>
   <si>
     <t>660.525,42</t>
   </si>
   <si>
     <t>ROBG00271</t>
   </si>
   <si>
-    <t>Свързване на образованието отвъд Дунав (BEAD - ROBG00271)</t>
+    <t>Свързване на образованието отвъд Дунав</t>
   </si>
   <si>
     <t>Axa 3</t>
   </si>
   <si>
     <t>05/31/2025</t>
   </si>
   <si>
     <t>07/30/2026</t>
   </si>
   <si>
     <t>Българо-румънска търговска камара, Русе, България</t>
   </si>
   <si>
     <t>Камара за търговия, индустрия и земеделие Кълъраш (Румъния), Университет по агрономически науки и ветеринарна медицина – Букурещ, Румъния</t>
   </si>
   <si>
     <t>269.267,00</t>
   </si>
   <si>
     <t>215.413,59</t>
   </si>
   <si>
     <t>53.853,41</t>
   </si>
   <si>
     <t>ROBG00252</t>
   </si>
   <si>
-    <t>Планинско училище без граници (M.S.W.B.- ROBG00252)</t>
+    <t>Планинско училище без граници</t>
   </si>
   <si>
     <t>08/16/2025</t>
   </si>
   <si>
     <t>08/15/2027</t>
   </si>
   <si>
     <t>Община Берковица (България)</t>
   </si>
   <si>
     <t>Специализирана технологична гимназия „Бетовен“ Крайова, Румъния</t>
   </si>
   <si>
     <t>1.390.402,86</t>
   </si>
   <si>
     <t>1.112.322,28</t>
   </si>
   <si>
     <t>278.080,58</t>
   </si>
   <si>
     <t>ROBG00284</t>
   </si>
   <si>
-    <t>Осигуряване на равен достъп до приобщаващи и качествени образователни услуги, включително чрез създаване на устойчив съвместен пилотен модел за дистанционно и онлайн образование и обучение в Бяла-Гюргево-Силистра (EQUAL- ROBG00284)</t>
+    <t>Осигуряване на равен достъп до приобщаващи и качествени образователни услуги, включително чрез създаване на устойчив съвместен пилотен модел за дистанционно и онлайн образование и обучение в Бяла-Гюргево-Силистра</t>
   </si>
   <si>
     <t>02/15/2027</t>
   </si>
   <si>
     <t>Община Бяла, България</t>
   </si>
   <si>
     <t>Окръжен съвет Гюргево, Регионален център за подкрепа на процеса на приобщаващо образование (RCPPPO), Силистра, България</t>
   </si>
   <si>
     <t>611.438,19</t>
   </si>
   <si>
     <t>489.150,54</t>
   </si>
   <si>
     <t>122.287,65</t>
   </si>
   <si>
     <t>ROBG00288</t>
   </si>
   <si>
-    <t>Трансгранична инициатива за обучение и ангажиране на религиозните общности (CIRCLE - ROBG00288)</t>
+    <t>Трансгранична инициатива за обучение и ангажиране на религиозните общности</t>
   </si>
   <si>
     <t>08/15/2025</t>
   </si>
   <si>
     <t>10/14/2026</t>
   </si>
   <si>
     <t>Ssp</t>
   </si>
   <si>
     <t>Фондация за регионално развитие, Видин, България</t>
   </si>
   <si>
     <t>Асоциация Василиада, Крайова, Румъния</t>
   </si>
   <si>
     <t>Фондация “Феникс – 21 век”, Видин (България)</t>
   </si>
   <si>
     <t>288.960,74</t>
   </si>
   <si>
     <t>231.168,58</t>
   </si>
   <si>
     <t>52.012,93</t>
   </si>
   <si>
     <t>ROBG00324</t>
   </si>
   <si>
-    <t>Трансгранична академия за компетентност в интелигентната индустрия и бъдещи високи постижения (SkillsBridge - ROBG00324)</t>
+    <t>Трансгранична академия за компетентност в интелигентната индустрия и бъдещи високи постижения</t>
   </si>
   <si>
     <t>08/19/2025</t>
   </si>
   <si>
     <t>08/18/2027</t>
   </si>
   <si>
     <t>Русенска търговско-промишлена палата, България</t>
   </si>
   <si>
     <t>Румънска асоциация за трансфер на технологии и иновации (ARoTT), Румъния</t>
   </si>
   <si>
     <t>736.482,40</t>
   </si>
   <si>
     <t>589.185,92</t>
   </si>
   <si>
     <t>147.296,48</t>
   </si>
   <si>
     <t>ROBG00226</t>
   </si>
   <si>
-    <t>Иновативни образователни услуги в трансграничния регион Видин - Монтана - Долж (INES- ROBG00226)</t>
+    <t>Иновативни образователни услуги в трансграничния регион Видин - Монтана - Долж</t>
   </si>
   <si>
     <t>02/18/2027</t>
   </si>
   <si>
     <t>Асоциация „Активно общество“, България</t>
   </si>
   <si>
     <t>СДРУЖЕНИЕ ЗАВИНАГИ ЗА ЕВРОПА – Крайова, Румъния</t>
   </si>
   <si>
     <t>455.623,36</t>
   </si>
   <si>
     <t>364.498,68</t>
   </si>
   <si>
     <t>91.124,68</t>
   </si>
   <si>
     <t>ROBG00251</t>
   </si>
   <si>
-    <t>Трансгранична младежка безопасност и приобщаване: Модернизация на обучителната инфраструктура и разработване на цялостен наръчник за добри практики (CBYSI- ROBG00251)</t>
+    <t>Трансгранична младежка безопасност и приобщаване: Модернизация на обучителната инфраструктура и разработване на цялостен наръчник за добри практики</t>
   </si>
   <si>
     <t>08/20/2025</t>
   </si>
   <si>
     <t>02/19/2027</t>
   </si>
   <si>
     <t>Полицейски инспекторат, окръг Долж, Румъния</t>
   </si>
   <si>
     <t>Стопанска академия “Димитър А. Ценов” Свищов, България</t>
   </si>
   <si>
     <t>621.087,58</t>
   </si>
   <si>
     <t>496.870,06</t>
   </si>
   <si>
     <t>124.217,52</t>
   </si>
   <si>
     <t>ROBG00225</t>
   </si>
   <si>
-    <t>Регионална мрежа за приобщаващо образование (RN4IE- ROBG00225)</t>
+    <t>Регионална мрежа за приобщаващо образование</t>
   </si>
   <si>
     <t>08/21/2025</t>
   </si>
   <si>
     <t>10/20/2026</t>
   </si>
   <si>
     <t>Регионални партньорства за устойчиво развитие - Видин, България</t>
   </si>
   <si>
     <t>Свободен Младежки Център - Видин, България</t>
   </si>
   <si>
     <t>270.664,17</t>
   </si>
   <si>
     <t>216.531,32</t>
   </si>
   <si>
     <t>54.132,85</t>
   </si>
   <si>
     <t>ROBG00307</t>
   </si>
   <si>
-    <t>Виртуални класни стаи и генериране на образователно съдържание във виртуална реалност в областта на културно-историческото наследство с фокус върху общото римско наследство на Долен Дунав и неолитните селища (VIRTUAL HERITAGE - ROBG00307)</t>
+    <t>Виртуални класни стаи и генериране на образователно съдържание във виртуална реалност в областта на културно-историческото наследство с фокус върху общото римско наследство на Долен Дунав и неолитните селища</t>
   </si>
   <si>
     <t>08/22/2025</t>
   </si>
   <si>
     <t>02/21/2027</t>
   </si>
   <si>
     <t>Община Белене, България</t>
   </si>
   <si>
     <t>Община Александрия, Румъния</t>
   </si>
   <si>
     <t>749.780,52</t>
   </si>
   <si>
     <t>599.824,41</t>
   </si>
   <si>
     <t>149.956,11</t>
   </si>
   <si>
     <t>ROBG00272</t>
   </si>
   <si>
-    <t>Трансгранично мултидисциплинарно сътрудничество в телемедицинското образование (MITEC- ROBG00272)</t>
+    <t>Трансгранично мултидисциплинарно сътрудничество в телемедицинското образование</t>
   </si>
   <si>
     <t>08/21/2027</t>
   </si>
   <si>
     <t>Медицински университет - Плевен, България</t>
   </si>
   <si>
     <t>Университет по медицина и фармация – Крайова, Румъния, Румънска асоциация за трансфер на технологии и иновации (ARoTT), Румъния</t>
   </si>
   <si>
     <t>Фондация “Отворена длан”, България</t>
   </si>
   <si>
     <t>1.330.589,54</t>
   </si>
   <si>
     <t>1.064.471,62</t>
   </si>
   <si>
     <t>266.117,92</t>
   </si>
   <si>
     <t>ROBG00233</t>
   </si>
   <si>
-    <t>Съвместни схеми за обучение в областта на туризма и ученето през целия живот в трансграничния регион Добрич-Констанца ( TRAIN_LLL- ROBG00233)</t>
+    <t>Съвместни схеми за обучение в областта на туризма и ученето през целия живот в трансграничния регион Добрич-Констанца</t>
   </si>
   <si>
     <t>08/26/2025</t>
   </si>
   <si>
     <t>02/25/2027</t>
   </si>
   <si>
     <t>НПО Европейски институт по културен туризъм ЕВРИКА (България)</t>
   </si>
   <si>
     <t>Университет Овидий – Констанца, Румъния</t>
   </si>
   <si>
     <t>378.452,33</t>
   </si>
   <si>
     <t>302.761,85</t>
   </si>
   <si>
     <t>75.690,48</t>
   </si>
   <si>
     <t>ROBG00211</t>
   </si>
@@ -734,381 +734,381 @@
   <si>
     <t>08/29/2027</t>
   </si>
   <si>
     <t>Община Дробета Турну Северин</t>
   </si>
   <si>
     <t>Художествена гимназия „Св. Павел“</t>
   </si>
   <si>
     <t>Средно училище „Св. Св. Кирил и Методий“</t>
   </si>
   <si>
     <t>513.800,08</t>
   </si>
   <si>
     <t>411.040,06</t>
   </si>
   <si>
     <t>102.760,02</t>
   </si>
   <si>
     <t>ROBG00257</t>
   </si>
   <si>
-    <t>Креативност и изкуствен интелект в библиотеките на Враца и Долж (CreAI-VDLib - ROBG00257)</t>
+    <t>Креативност и изкуствен интелект в библиотеките на Враца и Долж</t>
   </si>
   <si>
     <t>08/29/2025</t>
   </si>
   <si>
     <t>02/28/2027</t>
   </si>
   <si>
     <t>Регионална библиотека Христо Ботев, България</t>
   </si>
   <si>
     <t>Окръжна библиотека на Долж „Александру и Аристиа Аман“</t>
   </si>
   <si>
     <t>397.517,49</t>
   </si>
   <si>
     <t>318.013,98</t>
   </si>
   <si>
     <t>79.503,51</t>
   </si>
   <si>
     <t>ROBG00276</t>
   </si>
   <si>
-    <t>Излез навън и учи (GOAL- ROBG00276)</t>
+    <t>Излез навън и учи</t>
   </si>
   <si>
     <t>08/28/2025</t>
   </si>
   <si>
     <t>02/27/2027</t>
   </si>
   <si>
     <t>Местна инициативна група Сърцето на Гюргево – Нежлов и Кълнищей, Румъния</t>
   </si>
   <si>
     <t>Сдружение Полифония, България</t>
   </si>
   <si>
     <t>500.553,77</t>
   </si>
   <si>
     <t>400.443,01</t>
   </si>
   <si>
     <t>100.110,76</t>
   </si>
   <si>
     <t>ROBG00229</t>
   </si>
   <si>
-    <t>ОБРАЗОВАНИЕ ЗА ПРИОБЩАВАНЕ – ТРАНСГРАНИЧЕН ПОДХОД (InclusiON - ROBG00229)</t>
+    <t>ОБРАЗОВАНИЕ ЗА ПРИОБЩАВАНЕ – ТРАНСГРАНИЧЕН ПОДХОД</t>
   </si>
   <si>
     <t>09/11/2025</t>
   </si>
   <si>
     <t>09/10/2027</t>
   </si>
   <si>
     <t>Окръжен съвет на Долж, Румъния</t>
   </si>
   <si>
     <t>Окръжен Център за образователни ресурси и помощ, Долж, Румъния</t>
   </si>
   <si>
     <t>Община Белоградчик, България, Община Враца, България, Община Видин, България</t>
   </si>
   <si>
     <t>1.286.957,86</t>
   </si>
   <si>
     <t>1.029.566,27</t>
   </si>
   <si>
     <t>257.391,59</t>
   </si>
   <si>
     <t>ROBG00299</t>
   </si>
   <si>
-    <t>Насърчаване на приобщаващо и качествено образование чрез технологии, лидерство и спорт – Твърд (PROMISE-Hard - ROBG00299)</t>
+    <t>Насърчаване на приобщаващо и качествено образование чрез технологии, лидерство и спорт – Твърд</t>
   </si>
   <si>
     <t>Крайовски университет, Крайова, Румъния</t>
   </si>
   <si>
     <t>Сдружение “Ангажиране в образованието“, Румъния</t>
   </si>
   <si>
     <t>1.327.528,12</t>
   </si>
   <si>
     <t>1.062.022,49</t>
   </si>
   <si>
     <t>265.505,63</t>
   </si>
   <si>
     <t>ROBG00326</t>
   </si>
   <si>
-    <t>Трансгранично сътрудничество за осигуряване на привлекателна образователна среда (CBCEAEE — ROBG00326)</t>
+    <t>Трансгранично сътрудничество за осигуряване на привлекателна образователна среда</t>
   </si>
   <si>
     <t>09/12/2025</t>
   </si>
   <si>
     <t>03/11/2027</t>
   </si>
   <si>
     <t>Средно Общообразователно Училище "Христо Смирненски" - Гулянци</t>
   </si>
   <si>
     <t>Национален колеж „Фрации Бузещи“ Крайова, Румъния, Окръжна библиотека на Долж „Александру и Аристиа Аман“</t>
   </si>
   <si>
     <t>550.356,72</t>
   </si>
   <si>
     <t>440.285,36</t>
   </si>
   <si>
     <t>110.071,36</t>
   </si>
   <si>
     <t>ROBG00214</t>
   </si>
   <si>
-    <t>Повишаване на качеството и всеобщия достъп до учене и приобщаващо обучение за младежите (EQUALITY - ROBG00214)</t>
+    <t>Повишаване на качеството и всеобщия достъп до учене и приобщаващо обучение за младежите</t>
   </si>
   <si>
     <t>10/09/2025</t>
   </si>
   <si>
     <t>10/08/2027</t>
   </si>
   <si>
     <t>община Баняса, окръг Констанца, Румъния</t>
   </si>
   <si>
     <t>ОУ "Христо Смирненски", Генерал Тошево – България</t>
   </si>
   <si>
     <t>1.145.265,62</t>
   </si>
   <si>
     <t>916.212,49</t>
   </si>
   <si>
     <t>229.053,13</t>
   </si>
   <si>
     <t>ROBG00306</t>
   </si>
   <si>
-    <t>Съвместни трансгранични схеми за образование и обучение с акцент върху дейностите за учене през целия живот между община Ветово и община Гюргево (МОСТ ЗА УЧЕНЕ — ROBG00306)</t>
+    <t>Съвместни трансгранични схеми за образование и обучение с акцент върху дейностите за учене през целия живот между община Ветово и община Гюргево</t>
   </si>
   <si>
     <t>10/16/2025</t>
   </si>
   <si>
     <t>10/15/2027</t>
   </si>
   <si>
     <t>1.393.658,97</t>
   </si>
   <si>
     <t>1.114.927,17</t>
   </si>
   <si>
     <t>278.731,80</t>
   </si>
   <si>
     <t>ROBG00292</t>
   </si>
   <si>
-    <t>Свързване чрез резултати, образование и ценности (Connect-Hard — ROBG00292)</t>
+    <t>Свързване чрез резултати, образование и ценности</t>
   </si>
   <si>
     <t>10/23/2025</t>
   </si>
   <si>
     <t>10/22/2027</t>
   </si>
   <si>
     <t>Великотърновски университет „Св. Кирил и Св. Методий“, България</t>
   </si>
   <si>
     <t>1.025.122,19</t>
   </si>
   <si>
     <t>820.097,74</t>
   </si>
   <si>
     <t>205.024,45</t>
   </si>
   <si>
     <t>ROBG00297</t>
   </si>
   <si>
-    <t>Образование, обучение, учене през целия живот - приобщаващо и достъпно (ETLLIA — ROBG00297)</t>
+    <t>Образование, обучение, учене през целия живот - приобщаващо и достъпно</t>
   </si>
   <si>
     <t>11/06/2025</t>
   </si>
   <si>
     <t>11/05/2027</t>
   </si>
   <si>
     <t>Община Лясковец, България</t>
   </si>
   <si>
     <t>Асоциация „Олтения на 10“, Румъния, Национална охрана на околната среда (NEG) (Румъния)</t>
   </si>
   <si>
     <t>Агенция за развитие на човешките ресурси, България</t>
   </si>
   <si>
     <t>932.014,24</t>
   </si>
   <si>
     <t>745.611,39</t>
   </si>
   <si>
     <t>186.402,85</t>
   </si>
   <si>
     <t>ROBG00071</t>
   </si>
   <si>
-    <t>Зелен регион по синия Дунав (GREEN - ROBG00071)</t>
+    <t>Зелен регион по синия Дунав</t>
   </si>
   <si>
     <t>12/13/2025</t>
   </si>
   <si>
     <t>12/12/2027</t>
   </si>
   <si>
     <t>2.533.544,66</t>
   </si>
   <si>
     <t>2.026.835,72</t>
   </si>
   <si>
     <t>506.708,94</t>
   </si>
   <si>
     <t>ROBG00356</t>
   </si>
   <si>
-    <t>Инициативи за зелена инфраструктура и възстановяване на горите с цел приспособяване към изменението на климата в районите на Зимничя и Свищов (GREEN - ROBG00356)</t>
+    <t>Инициативи за зелена инфраструктура и възстановяване на горите с цел приспособяване към изменението на климата в районите на Зимничя и Свищов</t>
   </si>
   <si>
     <t>12/18/2025</t>
   </si>
   <si>
     <t>Териториална административна единица град Зимничя, Румъния</t>
   </si>
   <si>
     <t>Община Свищов, България</t>
   </si>
   <si>
     <t>1.230.620,35</t>
   </si>
   <si>
     <t>98.449.628,00</t>
   </si>
   <si>
     <t>24.612.407,00</t>
   </si>
   <si>
     <t>ROBG00370</t>
   </si>
   <si>
-    <t>Адаптиране на лозарството към изменението на климата чрез прилагане на екосистемни мерки за поддържане на икономическата жизнеспособност (VitiClimRoBg - ROBG00370)</t>
+    <t>Адаптиране на лозарството към изменението на климата чрез прилагане на екосистемни мерки за поддържане на икономическата жизнеспособност</t>
   </si>
   <si>
     <t>АСОЦИАЦИЯ ЗА СПРАВЕДЛИВОСТТА И МЛАДЕЖТА - JUST, Румъния</t>
   </si>
   <si>
     <t>Институт по лозарство и винарство, България, Видинска търговско-промишлена палата, България</t>
   </si>
   <si>
     <t>1.610.750,22</t>
   </si>
   <si>
     <t>1.288.600,16</t>
   </si>
   <si>
     <t>322.150,06</t>
   </si>
   <si>
     <t>ROBG00349</t>
   </si>
   <si>
-    <t>Подобряване на общностите и организациите за преход към изменението на климата (ECOFIT – HARD - ROBG00349)</t>
+    <t>Подобряване на общностите и организациите за преход към изменението на климата</t>
   </si>
   <si>
     <t>12/31/2025</t>
   </si>
   <si>
     <t>12/30/2027</t>
   </si>
   <si>
     <t>Инспекторат за извънредни ситуации "Олтения" на окръг Долж, Румъния</t>
   </si>
   <si>
     <t>Институцията на Префекта на окръг Долж, Полицейски инспекторат, окръг Долж, Румъния</t>
   </si>
   <si>
     <t>Северозападно държавно предприятие, България</t>
   </si>
   <si>
     <t>622.705,69</t>
   </si>
   <si>
     <t>498.164,54</t>
   </si>
   <si>
     <t>124.541,15</t>
   </si>
   <si>
     <t>ROBG00358</t>
   </si>
   <si>
-    <t>Българо-румънско трансгранично природно наследство в контекста на изменението на климата: Мониторинг и устойчивост (DANUBEGREEN- ROBG00358)</t>
+    <t>Българо-румънско трансгранично природно наследство в контекста на изменението на климата: Мониторинг и устойчивост</t>
   </si>
   <si>
     <t>12/24/2025</t>
   </si>
   <si>
     <t>12/23/2027</t>
   </si>
   <si>
     <t>Окръжна дирекция за обществени услуги и комунални услуги Долж, Румъния, Национална администрация по горите – Ромсилва, Румъния</t>
   </si>
   <si>
     <t>Община Горна Оряховица, България, Клуб Приятели на Природен парк Русенски Лом, България</t>
   </si>
   <si>
     <t>1.603.905,70</t>
   </si>
   <si>
     <t>1.283.124,54</t>
   </si>
   <si>
     <t>320.781,16</t>
   </si>
 </sst>
 </file>
 
@@ -1456,51 +1456,51 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:N40"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="N2" sqref="N2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="11.711426" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="281.78833" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="251.224365" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.998291" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="15.281982" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="15.281982" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="26.993408" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="5.855713" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="124.969482" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="221.660156" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="187.525635" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="29.421387" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="25.85083" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="34.134521" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="31.706543" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:14">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">